--- v0 (2025-10-05)
+++ v1 (2025-12-23)
@@ -1,93 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00200C93" w:rsidP="00200C93" w:rsidRDefault="00200C93" w14:paraId="1F761DC8" w14:textId="77777777">
+    <w:p w14:paraId="1F761DC8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00200C93">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_GoBack" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EMPLOYEE WELLBEING SERVICE</w:t>
       </w:r>
       <w:r w:rsidR="005822C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EWS)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005822C5" w:rsidR="005822C5" w:rsidP="005822C5" w:rsidRDefault="005822C5" w14:paraId="11614672" w14:textId="77777777">
+    <w:p w14:paraId="11614672" w14:textId="77777777" w:rsidR="005822C5" w:rsidRPr="005822C5" w:rsidRDefault="005822C5" w:rsidP="005822C5">
       <w:pPr>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005822C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>We welcome correspondence in Welsh or English/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005822C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -244,735 +241,747 @@
       <w:r w:rsidRPr="005822C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005822C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Saesneg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="005822C5" w:rsidP="00200C93" w:rsidRDefault="005822C5" w14:paraId="5BD82D26" w14:textId="77777777">
+    <w:p w14:paraId="5BD82D26" w14:textId="77777777" w:rsidR="005822C5" w:rsidRPr="00DF70C5" w:rsidRDefault="005822C5" w:rsidP="00200C93">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00FD5FDE" w:rsidR="00200C93" w:rsidP="005822C5" w:rsidRDefault="00200C93" w14:paraId="0F48EB51" w14:textId="77777777">
+    <w:p w14:paraId="0F48EB51" w14:textId="4D296F97" w:rsidR="00200C93" w:rsidRPr="00FD5FDE" w:rsidRDefault="00200C93" w:rsidP="7728BC6D">
       <w:pPr>
         <w:ind w:left="-851"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD5FDE">
+      <w:r w:rsidRPr="7728BC6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EWS does not accept management referrals, or referrals completed on behalf of another person. It is very important that an individual self refers to this service. If you need any help in filling in this form </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5FDE" w:rsidR="00790D5C">
+      <w:r w:rsidR="00790D5C" w:rsidRPr="7728BC6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>please contact us on 02921844465</w:t>
+        <w:t>please contact us on 02921</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5FDE">
+      <w:r w:rsidR="4336111A" w:rsidRPr="7728BC6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 836988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7728BC6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5FDE" w:rsidR="003B4258">
+      <w:r w:rsidR="003B4258" w:rsidRPr="7728BC6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (internal 44465)</w:t>
+        <w:t xml:space="preserve">  (internal </w:t>
+      </w:r>
+      <w:r w:rsidR="70265EED" w:rsidRPr="7728BC6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>36988</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4258" w:rsidRPr="7728BC6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="00200C93" w:rsidRDefault="0024795F" w14:paraId="7B78341A" w14:textId="77777777">
+    <w:p w14:paraId="7B78341A" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="00200C93">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="00200C93" w14:paraId="4D73B3B1" w14:textId="77777777">
+    <w:p w14:paraId="4D73B3B1" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="00200C93" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Once received, your form will be reviewed by a member of the EWS team. Please note that the services provided by EWS may not always be suitable for your needs, therefore you may be advised to contact your GP or specialist services instead.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>We may need to contact you over the phone to discuss your referral so please leave a daytime telephone number.</w:t>
       </w:r>
       <w:r w:rsidR="00EE59FC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Please return your completed referral form to </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId8">
-        <w:r w:rsidRPr="0033537C" w:rsidR="00EE59FC">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00EE59FC" w:rsidRPr="0033537C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Employee.wellbeing@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EE59FC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="6AC17D04" w14:textId="77777777">
+    <w:p w14:paraId="6AC17D04" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="1BE5FBFD" w14:textId="77777777">
+    <w:p w14:paraId="1BE5FBFD" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Employee Wellbeing Service is not a crisis service. If you are in crisis, experiencing active suicidal thought or at risk of causing harm to self or others you can make an appointment with your GP, or if urgent help is required you can contact the out of hours GP. If you need an emergency service such as an ambulance call 999. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="6100E436" w14:textId="77777777">
+    <w:p w14:paraId="6100E436" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="00292318" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="7A3FDA82" w14:textId="77777777">
+    <w:p w14:paraId="7A3FDA82" w14:textId="096C2571" w:rsidR="00292318" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You can contact The Samaritans 24 hours a day, 7 days a week by calling 116 123 and you can visit </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId9">
-        <w:r w:rsidRPr="00DF70C5">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00E8776F" w:rsidRPr="006C26AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-            <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.samaritan.org</w:t>
+          <w:t>https://www.samaritans.org/wales/how-we-can-help/contact-samaritan/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DF70C5">
+      <w:r w:rsidR="00E8776F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="7EAEA6D5" w14:textId="77777777">
+    <w:p w14:paraId="7EAEA6D5" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="00292318" w14:paraId="0D433218" w14:textId="77777777">
+    <w:p w14:paraId="0D433218" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="00292318" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C.A.L.L. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF70C5" w:rsidR="0024795F">
+      <w:r w:rsidR="0024795F" w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Community Advice and Listening Line, offers emotional support and information/literature on mental health and related matters to the people of Wales. Anyone concerned about their own mental health or that of a relative or friend can access the service. C.A.L.L. Helpline offers a confidential listening and support service.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="65E567CE" w14:textId="77777777">
+    <w:p w14:paraId="65E567CE" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="2CCC46AB" w14:textId="77777777">
+    <w:p w14:paraId="2CCC46AB" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF70C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Staying safe if you’re not sure life is worth living, visit </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId10">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00DF70C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.connectingwithpeople.org/StayingSafe</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00DF70C5" w:rsidR="0024795F" w:rsidP="00200C93" w:rsidRDefault="0024795F" w14:paraId="33BFD920" w14:textId="77777777">
+    <w:p w14:paraId="33BFD920" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00DF70C5" w:rsidRDefault="0024795F" w:rsidP="00200C93">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="12B7D9A3" w:rsidP="0B8F2E57" w:rsidRDefault="12B7D9A3" w14:paraId="549F8FB1" w14:textId="50BDE77B">
+    <w:p w14:paraId="549F8FB1" w14:textId="50BDE77B" w:rsidR="12B7D9A3" w:rsidRDefault="12B7D9A3" w:rsidP="0B8F2E57">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:ind w:left="-907"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:noProof w:val="0"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="12B7D9A3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0B8F2E57">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canopi</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="00DF70C5">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF70C5" w:rsidRPr="0B8F2E57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="232E28D7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canopi</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="232E28D7">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="255D90C1">
+      <w:r w:rsidR="255D90C1" w:rsidRPr="0B8F2E57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(previously known as HHP Wales) </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="232E28D7">
+      <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">offers a free and confidential mental health support service for social and health care staff in Wales. They offer various levels of mental health support including: </w:t>
+        <w:t xml:space="preserve">offers a free and confidential mental health support service for social and health care staff in Wales. They offer various levels of mental health support including: Self-help resources, Support from Wellbeing Allies, Guided self-help, and Virtual and face-to-face therapies with accredited specialists. Refer yourself using the online referral form. They will get back to you within one working day. If eligible, they will arrange for you to have a call from a trained Doctor Advisor (DA), who will seek to understand your needs. Together, you can decide which of the support services might be the most helpful. To find out more, click here: </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B8F2E57" w:rsidR="232E28D7">
-[...40 lines deleted...]
-        <w:r w:rsidRPr="0B8F2E57" w:rsidR="232E28D7">
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-            <w:noProof w:val="0"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>About us – Canopi (nhs.wales)</w:t>
+          <w:t xml:space="preserve">About us – </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Canopi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>nhs.wales</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="232E28D7" w:rsidRPr="0B8F2E57">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00200C93" w:rsidR="00200C93" w:rsidP="00200C93" w:rsidRDefault="00200C93" w14:paraId="39D664AC" w14:textId="77777777">
+    <w:p w14:paraId="39D664AC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00200C93" w:rsidRDefault="00200C93" w:rsidP="00200C93">
       <w:pPr>
         <w:ind w:left="-907"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9540" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3197"/>
         <w:gridCol w:w="2452"/>
         <w:gridCol w:w="550"/>
         <w:gridCol w:w="43"/>
         <w:gridCol w:w="332"/>
         <w:gridCol w:w="1162"/>
         <w:gridCol w:w="963"/>
         <w:gridCol w:w="841"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="771D99E3" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="771D99E3" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="902"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="70E0EB41" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="70E0EB41" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7FAE1578" w14:textId="77777777">
+          <w:p w14:paraId="7FAE1578" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are you an employee of C&amp;V UHB</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7ECCD0A1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="547A9C58" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ECCD0A1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yes / </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">No  </w:t>
+              <w:t xml:space="preserve">Yes / No  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E062CD">
+              <w:t>(please delete as appropriate)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126CA993" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>please delete as appropriate)</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6DB23442" w14:textId="77777777">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DB23442" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> If no, please state employer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="688BA93B" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="0024795F" w:rsidP="00675421" w:rsidRDefault="0024795F" w14:paraId="50E833F2" w14:textId="77777777">
+          <w:p w14:paraId="688BA93B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50E833F2" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00E062CD" w:rsidRDefault="0024795F" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="573E4F9A" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="573E4F9A" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="567" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="45A5848A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="45A5848A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E25D99" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="79DA6B56" w14:textId="77777777">
+          <w:p w14:paraId="79DA6B56" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E25D99" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E25D99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E25D99" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4B54ADD7" w14:textId="77777777">
+          <w:p w14:paraId="4B54ADD7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E25D99" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E25D99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E01431" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0A9DE4A7" w14:textId="77777777">
+          <w:p w14:paraId="0A9DE4A7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E01431" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E25D99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6659A272" w14:textId="77777777">
+          <w:p w14:paraId="6659A272" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="17B9F012" w14:textId="77777777">
+          <w:p w14:paraId="17B9F012" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidR="00FF5E1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -984,2438 +993,2805 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">and work </w:t>
             </w:r>
             <w:r w:rsidR="00FF5E1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>email if you have one</w:t>
             </w:r>
             <w:r w:rsidR="00EA17F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="533B914B" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2F41D146" w14:textId="77777777">
+          <w:p w14:paraId="533B914B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F41D146" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0B063AE8" w14:textId="77777777">
-[...17 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0E4063B8" w14:textId="77777777">
+          <w:p w14:paraId="0B063AE8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="090E8CE8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E4063B8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="319EEFAE" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="319EEFAE" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="567" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0C80A4E9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0C80A4E9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3E432994" w14:textId="77777777">
+          <w:p w14:paraId="3E432994" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="461ACAF1" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="461ACAF1" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="567" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="395DA2AE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="395DA2AE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5836B717" w14:textId="77777777">
+          <w:p w14:paraId="5836B717" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="4B6FD9B7" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="4B6FD9B7" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="567" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0CE85460" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0CE85460" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="47F98BAA" w14:textId="77777777">
+          <w:p w14:paraId="47F98BAA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="2550A3DA" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="2550A3DA" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="90" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="90"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1D001CF8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1D001CF8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2864279E" w14:textId="77777777">
+          <w:p w14:paraId="2864279E" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="47A6E28C" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="47A6E28C" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="21AAB8AA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="21AAB8AA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="005822C5" w:rsidRDefault="00200C93" w14:paraId="2D7B1CC3" w14:textId="77777777">
+          <w:p w14:paraId="2D7B1CC3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="005822C5">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telephone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="670B37DC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="670B37DC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="346AD6A7" w14:textId="77777777">
+          <w:p w14:paraId="346AD6A7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="01B99572" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="01B99572" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Can we leave a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>msg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>? Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="0B12881D" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="0B12881D" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="684DEE2D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="684DEE2D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="10B7129C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="10B7129C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5A51B17A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5A51B17A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Can we leave a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>msg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>? Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="4970C2EC" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="4970C2EC" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="005822C5" w:rsidRDefault="00200C93" w14:paraId="60FC7E80" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="60FC7E80" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="005822C5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="518DD6A8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="518DD6A8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="413C26AF" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="413C26AF" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="005822C5" w:rsidRDefault="00200C93" w14:paraId="05F2B40D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="05F2B40D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="005822C5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...8 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="165A78F6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Male</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0182CB35" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Female</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ABF27D0" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non-binary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F56B6E" w14:textId="3966276D" w:rsidR="002A5D22" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Prefer not to say</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51663C8D" w14:textId="452F7C23" w:rsidR="002A5D22" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Don’t know</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AF201CE" w14:textId="13399050" w:rsidR="002A5D22" w:rsidRPr="00E062CD" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="72ED2EE9" w14:textId="77777777">
+      <w:tr w:rsidR="002A5D22" w:rsidRPr="00E062CD" w14:paraId="1781BBDD" w14:textId="77777777" w:rsidTr="14CDE36C">
+        <w:trPr>
+          <w:trHeight w:val="394"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D07954" w14:textId="091272D2" w:rsidR="002A5D22" w:rsidRPr="00E062CD" w:rsidRDefault="002A5D22" w:rsidP="005822C5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pronouns</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6343" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DCB3374" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRPr="00E062CD" w:rsidRDefault="002A5D22" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="72ED2EE9" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="2188"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3BA4E22A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3BA4E22A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ethnicity</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3F852FE3" w14:textId="77777777">
+          <w:p w14:paraId="3F852FE3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(if returning this form by email double click on appropriate box and click on "checked" then "ok")</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="738AEE01" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="738AEE01" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check1" w:id="1"/>
+            <w:bookmarkStart w:id="0" w:name="Check1"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>White British</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="33D994B3" w14:textId="77777777">
+          <w:p w14:paraId="33D994B3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>White Irish</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3D2A6614" w14:textId="77777777">
+          <w:p w14:paraId="3D2A6614" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other White</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1E9AD8F2" w14:textId="77777777">
+          <w:p w14:paraId="1E9AD8F2" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">White &amp; Black </w:t>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="358180ED" w14:textId="77777777">
+              <w:t>White &amp; Black Caribbean</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358180ED" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>White &amp; Black African</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="443BC2BD" w14:textId="77777777">
+          <w:p w14:paraId="443BC2BD" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>White &amp; Asian</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="43AAA0CE" w14:textId="77777777">
+          <w:p w14:paraId="43AAA0CE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Mixed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="03E7D801" w14:textId="77777777">
+          <w:p w14:paraId="03E7D801" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Indian </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="705657AE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="705657AE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pakistani</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3B6EACB1" w14:textId="77777777">
+          <w:p w14:paraId="3B6EACB1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bangladeshi</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1FE3CD28" w14:textId="77777777">
+          <w:p w14:paraId="1FE3CD28" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Asian</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="01423C9F" w14:textId="77777777">
+          <w:p w14:paraId="01423C9F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Black </w:t>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="651C3F01" w14:textId="77777777">
+              <w:t>Black Caribbean</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651C3F01" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Black African</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="07A9FFC1" w14:textId="77777777">
+          <w:p w14:paraId="07A9FFC1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Black</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1FC54DC1" w14:textId="77777777">
+          <w:p w14:paraId="1FC54DC1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chinese</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6F44B941" w14:textId="77777777">
+          <w:p w14:paraId="6F44B941" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Ethnic Group</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3A83F224" w14:textId="77777777">
+          <w:p w14:paraId="3A83F224" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Do not wish to disclose</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="22567028" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="22567028" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="399" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="007205E7" w:rsidRDefault="00200C93" w14:paraId="102D86B3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="102D86B3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="007205E7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Current Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3D9543CA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3D9543CA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="200FB24B" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="200FB24B" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="432" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="007205E7" w:rsidRDefault="007205E7" w14:paraId="691964DA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="691964DA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="007205E7" w:rsidP="007205E7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0E3EF37D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0E3EF37D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="2C5F174D" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="2C5F174D" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="424" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="007205E7" w:rsidRDefault="007205E7" w14:paraId="15379D59" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="15379D59" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="007205E7" w:rsidP="007205E7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clinical Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="119C185B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="119C185B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="35F90568" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="35F90568" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1484" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009A00B1" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="570DC04F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="570DC04F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="009A00B1" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Workplace</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="459780A6" w14:textId="77777777">
+          <w:p w14:paraId="459780A6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="602F33FF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="602F33FF" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>UHW</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check4" w:id="2"/>
+            <w:bookmarkStart w:id="1" w:name="Check4"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Community</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check10" w:id="3"/>
+            <w:bookmarkStart w:id="2" w:name="Check10"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0DEAB9B9" w14:textId="77777777">
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+          <w:p w14:paraId="0DEAB9B9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Whitchurch</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check5" w:id="4"/>
+            <w:bookmarkStart w:id="3" w:name="Check5"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Lansdowne</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check11" w:id="5"/>
+            <w:bookmarkStart w:id="4" w:name="Check11"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="00E399E5" w14:textId="77777777">
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w14:paraId="00E399E5" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Llandough</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check6" w:id="6"/>
+            <w:bookmarkStart w:id="5" w:name="Check6"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Velindre</w:t>
             </w:r>
@@ -3424,5265 +3800,5316 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check12" w:id="7"/>
+            <w:bookmarkStart w:id="6" w:name="Check12"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="369395B2" w14:textId="77777777">
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+          <w:p w14:paraId="369395B2" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>St David's</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check7" w:id="8"/>
+            <w:bookmarkStart w:id="7" w:name="Check7"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005822C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Woodlands</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check13" w:id="9"/>
+            <w:bookmarkStart w:id="8" w:name="Check13"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="56E2ADA6" w14:textId="77777777">
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w14:paraId="56E2ADA6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rookwood</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check8" w:id="10"/>
+            <w:bookmarkStart w:id="9" w:name="Check8"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...29 lines deleted...]
-            </w:smartTag>
+              <w:t>Barry Hospital</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check14" w:id="11"/>
+            <w:bookmarkStart w:id="10" w:name="Check14"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="512C9265" w14:textId="77777777">
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+          <w:p w14:paraId="512C9265" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CRI</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check9" w:id="12"/>
+            <w:bookmarkStart w:id="11" w:name="Check9"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check15" w:id="13"/>
+            <w:bookmarkStart w:id="12" w:name="Check15"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="01C3E938" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="01C3E938" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="432" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2D514305" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2D514305" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Are you employed </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2184E14C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2184E14C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full Time  / Part time (please delete as appropriate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="69657A6F" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="69657A6F" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="53D6BD31" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="53D6BD31" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7024F550" w14:textId="77777777">
+          <w:p w14:paraId="7024F550" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>How did you hear about the Service?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="54E40036" w14:textId="77777777">
+          <w:p w14:paraId="54E40036" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(please check box as above)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:name="RANGE!A1:A9" w:id="14"/>
+        <w:bookmarkStart w:id="13" w:name="RANGE!A1:A9"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="49E90516" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="49E90516" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Manage</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidR="0024795F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0B75054C" w14:textId="77777777">
+          <w:p w14:paraId="0B75054C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2358E218" w14:textId="77777777">
+          <w:p w14:paraId="2358E218" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0024795F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Colleague/friend </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="0024795F" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="23E67003" w14:textId="77777777">
+          <w:p w14:paraId="23E67003" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Oc</w:t>
             </w:r>
             <w:r w:rsidR="0024795F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">cupational Health </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5A63ECE5" w14:textId="77777777">
+          <w:p w14:paraId="5A63ECE5" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3298" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="0024795F" w:rsidP="0024795F" w:rsidRDefault="0024795F" w14:paraId="4683E3CF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4683E3CF" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00E062CD" w:rsidRDefault="0024795F" w:rsidP="0024795F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">GP </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="0024795F" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4CC75523" w14:textId="77777777">
+          <w:p w14:paraId="4CC75523" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Intranet</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="161A10DC" w14:textId="77777777">
+          <w:p w14:paraId="161A10DC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Posters/leaflets</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0105860B" w14:textId="77777777">
+          <w:p w14:paraId="0105860B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4BF3F75D" w14:textId="77777777">
+          <w:p w14:paraId="4BF3F75D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Other                                                                                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="0FCBAA67" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="0FCBAA67" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1614" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7516DCD9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7516DCD9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="09235996" w14:textId="77777777">
+          <w:p w14:paraId="09235996" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Have you previously accessed the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EWS</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2C308092" w14:textId="77777777">
+          <w:p w14:paraId="2C308092" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5BC139E7" w14:textId="77777777">
+          <w:p w14:paraId="5BC139E7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="424F83F5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1ED73D18" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="424F83F5" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No  (</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>please delete as appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007205E7" w:rsidP="00675421" w:rsidRDefault="007205E7" w14:paraId="7F86175B" w14:textId="77777777">
+          <w:p w14:paraId="7F86175B" w14:textId="77777777" w:rsidR="007205E7" w:rsidRDefault="007205E7" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="007205E7" w:rsidP="00675421" w:rsidRDefault="007205E7" w14:paraId="563AF797" w14:textId="77777777">
+          <w:p w14:paraId="563AF797" w14:textId="77777777" w:rsidR="007205E7" w:rsidRPr="00E062CD" w:rsidRDefault="007205E7" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please tick which of these you have accessed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2F394DAC" w14:textId="77777777">
+          <w:p w14:paraId="2F394DAC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="007205E7" w14:paraId="446595F4" w14:textId="77777777">
+          <w:p w14:paraId="446595F4" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="007205E7" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Resource Appointment </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Counselling </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Workshop</w:t>
             </w:r>
             <w:r w:rsidR="00E01431">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E062CD" w:rsidR="00E01431">
+            <w:r w:rsidR="00E01431" w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E062CD" w:rsidR="00E01431">
+            <w:r w:rsidR="00E01431" w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidR="00E01431" w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E01431" w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E062CD" w:rsidR="00E01431">
+            <w:r w:rsidR="00E01431" w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E01431">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Guided Self Help</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="08367CA6" w14:textId="77777777">
+          <w:p w14:paraId="08367CA6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2D5898F7" w14:textId="77777777">
+          <w:p w14:paraId="2D5898F7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3AF0F919" w14:textId="77777777">
+          <w:p w14:paraId="3AF0F919" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="499104DB" w14:textId="77777777">
+          <w:p w14:paraId="499104DB" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5B74180E" w14:textId="77777777">
+          <w:p w14:paraId="5B74180E" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="7D27084E" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="7D27084E" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1716" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1354F8AE" w14:textId="77777777">
+          <w:p w14:paraId="1354F8AE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>The Problem/Concern</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3DD4D4B9" w14:textId="77777777">
+          <w:p w14:paraId="3DD4D4B9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please give</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>details of why you wish to access this Service</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="28F188D0" w14:textId="77777777">
+          <w:p w14:paraId="28F188D0" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="551A519A" w14:textId="77777777">
+          <w:p w14:paraId="551A519A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6DB96A11" w14:textId="77777777">
+          <w:p w14:paraId="6DB96A11" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidTr="14CDE36C" w14:paraId="226E2527" w14:textId="77777777">
+      <w:tr w:rsidR="00675421" w:rsidRPr="00E062CD" w14:paraId="226E2527" w14:textId="77777777" w:rsidTr="00342269">
         <w:trPr>
-          <w:trHeight w:val="2133" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="2133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="007205E7" w:rsidRDefault="00675421" w14:paraId="5D769B89" w14:textId="77777777">
+          <w:p w14:paraId="5D769B89" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="007205E7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please try to categorise your concern, selecting from the following list as appropriate</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00675421" w:rsidP="007205E7" w:rsidRDefault="00675421" w14:paraId="2A39B2B5" w14:textId="77777777">
+          <w:p w14:paraId="2A39B2B5" w14:textId="77777777" w:rsidR="00675421" w:rsidRDefault="00675421" w:rsidP="007205E7">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="02899EBA" w14:textId="77777777">
+          <w:p w14:paraId="02899EBA" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2452" w:type="dxa"/>
-            <w:tcMar/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="749AF84B" w14:textId="77777777">
+          <w:p w14:paraId="749AF84B" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Abuse, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="78345453" w14:textId="77777777">
+          <w:p w14:paraId="78345453" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Addictions, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="0A93E778" w14:textId="77777777">
+          <w:p w14:paraId="0A93E778" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Anxiety, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="6723AF0C" w14:textId="77777777">
+          <w:p w14:paraId="6723AF0C" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Bereavement, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="5EFF5200" w14:textId="77777777">
+          <w:p w14:paraId="5EFF5200" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Depression, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="03F9A065" w14:textId="77777777">
+          <w:p w14:paraId="03F9A065" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating Problems, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="1A8B06BB" w14:textId="77777777">
+          <w:p w14:paraId="1A8B06BB" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Low Mood, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="628DE4B6" w14:textId="77777777">
-[...16 lines deleted...]
-          <w:p w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="788BFD78" w14:textId="77777777">
+          <w:p w14:paraId="338AB805" w14:textId="2AA5A5FD" w:rsidR="002A5D22" w:rsidRDefault="002A5D22" w:rsidP="002A5D22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Relationship Problems,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="2D87DF41" w14:textId="77777777">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Relationship Problems</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC257CE" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRPr="00E062CD" w:rsidRDefault="002A5D22" w:rsidP="002A5D22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Self-Esteem, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="508C816D" w14:textId="77777777">
+          <w:p w14:paraId="628DE4B6" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3891" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="508C816D" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Stress, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="394E1102" w14:textId="77777777">
+          <w:p w14:paraId="394E1102" w14:textId="76D9D8BC" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Trauma,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005822C5" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="02EF4E79" w14:textId="77777777">
+              <w:t>Trauma</w:t>
+            </w:r>
+            <w:r w:rsidR="00342269">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (please give details in box below)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02EF4E79" w14:textId="77777777" w:rsidR="005822C5" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="005822C5" w:rsidP="005822C5" w:rsidRDefault="005822C5" w14:paraId="31A23C25" w14:textId="77777777">
+          <w:p w14:paraId="31A23C25" w14:textId="77777777" w:rsidR="005822C5" w:rsidRPr="00E062CD" w:rsidRDefault="005822C5" w:rsidP="005822C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Menopause</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005822C5" w:rsidP="005822C5" w:rsidRDefault="005822C5" w14:paraId="37EA1629" w14:textId="77777777">
+          <w:p w14:paraId="37EA1629" w14:textId="77777777" w:rsidR="005822C5" w:rsidRDefault="005822C5" w:rsidP="005822C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Covid</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Covid 19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 19</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00383E8C" w:rsidP="005822C5" w:rsidRDefault="00383E8C" w14:paraId="2A60EEA6" w14:textId="77777777">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="2A60EEA6" w14:textId="2FDDACF5" w:rsidR="00383E8C" w:rsidRDefault="00383E8C" w:rsidP="005822C5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Financial</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="63B02248" w14:textId="77777777">
+          <w:p w14:paraId="664108DF" w14:textId="512FFA61" w:rsidR="002A5D22" w:rsidRPr="00E062CD" w:rsidRDefault="002A5D22" w:rsidP="005822C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00E062CD">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Carer’s Responsibility</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63B02248" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
-              </w:rPr>
-[...98 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00505841">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Other (Please State)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77200509" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342269" w:rsidRPr="00E062CD" w14:paraId="5908B0BD" w14:textId="77777777" w:rsidTr="007D0354">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1053"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCB4D96" w14:textId="62DA18EF" w:rsidR="00342269" w:rsidRPr="00E062CD" w:rsidRDefault="00342269" w:rsidP="007205E7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Trauma (please provide brief details )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6343" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11788EBD" w14:textId="77777777" w:rsidR="00342269" w:rsidRPr="00E062CD" w:rsidRDefault="00342269" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00675421" w:rsidRPr="00E062CD" w14:paraId="39B10312" w14:textId="77777777" w:rsidTr="00342269">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1995"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76941ECF" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
+            <w:pPr>
+              <w:ind w:left="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is your problem work-related?  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B6EDCA4" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
+            <w:pPr>
+              <w:ind w:left="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If Yes, please select from the following categories </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="571359B7" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(please check appropriate box)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C65AF07" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00505841" w:rsidRDefault="00675421" w:rsidP="00505841">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="-333"/>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00505841">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Demands (this includes issues such as workload, work patterns and the work environment)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00505841" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="03F86874" w14:textId="77777777">
+          <w:p w14:paraId="03F86874" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00505841" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Control (how much say you have in the way you work</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00505841" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="6BCBD380" w14:textId="77777777">
+          <w:p w14:paraId="6BCBD380" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00505841" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work Relationships</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="057DB988" w14:textId="77777777">
+          <w:p w14:paraId="057DB988" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00E062CD" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Job Role </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="43435CC4" w14:textId="77777777">
+          <w:p w14:paraId="43435CC4" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00E062CD" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="0A4A9430" w14:textId="77777777">
+          <w:p w14:paraId="0A4A9430" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00E062CD" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00505841" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="6A23A5C4" w14:textId="77777777">
+          <w:p w14:paraId="6A23A5C4" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00505841" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="749B301C" w14:textId="77777777">
+          <w:p w14:paraId="749B301C" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3891" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcMar/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="00918F32" w14:textId="77777777">
+          <w:p w14:paraId="00918F32" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check2" w:id="15"/>
+            <w:bookmarkStart w:id="14" w:name="Check2"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidR="00505841">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Support (this includes the encouragement, sponsorship and resources provided by the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00505841">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00505841">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, line management and colleagues)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="6B2F2FBA" w14:textId="77777777">
+          <w:p w14:paraId="6B2F2FBA" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00505841">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Traumatic incidents</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00675421" w14:paraId="0C46E61D" w14:textId="77777777">
+          <w:p w14:paraId="0C46E61D" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00505841">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00505841">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Change (how organizational change is managed and communicated)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00505841" w14:paraId="16F6A900" w14:textId="77777777">
+          <w:p w14:paraId="16F6A900" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00505841" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Formal Proceedings,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00505841" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="0FBE1CE6" w14:textId="77777777">
+          <w:p w14:paraId="0FBE1CE6" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00505841" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Other (please state)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="0B676A5E" w14:textId="77777777">
+          <w:p w14:paraId="0B676A5E" w14:textId="77777777" w:rsidR="00505841" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00505841" w:rsidP="00505841" w:rsidRDefault="00505841" w14:paraId="19683E37" w14:textId="77777777">
+          <w:p w14:paraId="19683E37" w14:textId="77777777" w:rsidR="00505841" w:rsidRPr="00E062CD" w:rsidRDefault="00505841" w:rsidP="00505841">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="4F2781F2" w14:textId="77777777">
+          <w:p w14:paraId="4F2781F2" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="007205E7" w:rsidTr="14CDE36C" w14:paraId="78631020" w14:textId="77777777">
+      <w:tr w:rsidR="007205E7" w:rsidRPr="00E062CD" w14:paraId="78631020" w14:textId="77777777" w:rsidTr="00342269">
         <w:trPr>
-          <w:trHeight w:val="2755" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="2400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007205E7" w:rsidP="007205E7" w:rsidRDefault="007205E7" w14:paraId="56CFA16E" w14:textId="77777777">
+          <w:p w14:paraId="56CFA16E" w14:textId="77777777" w:rsidR="007205E7" w:rsidRDefault="007205E7" w:rsidP="007205E7">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007205E7" w:rsidP="007205E7" w:rsidRDefault="007205E7" w14:paraId="7670D545" w14:textId="77777777">
+          <w:p w14:paraId="7670D545" w14:textId="77777777" w:rsidR="007205E7" w:rsidRDefault="007205E7" w:rsidP="007205E7">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>How long have you been experiencing your current difficulties?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC2393" w:rsidR="007205E7" w:rsidP="007205E7" w:rsidRDefault="007205E7" w14:paraId="61B2AFE0" w14:textId="77777777">
+          <w:p w14:paraId="61B2AFE0" w14:textId="77777777" w:rsidR="007205E7" w:rsidRPr="00EC2393" w:rsidRDefault="007205E7" w:rsidP="007205E7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If your main problem is severe or chronic depression i.e. depression which has lasted over 2 years, please contact your GP as they will be able to provide you with the appropriate support. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="007205E7" w:rsidP="00675421" w:rsidRDefault="007205E7" w14:paraId="1F120F4D" w14:textId="77777777">
+          <w:p w14:paraId="1F120F4D" w14:textId="77777777" w:rsidR="007205E7" w:rsidRPr="00E062CD" w:rsidRDefault="007205E7" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="007205E7" w:rsidP="00675421" w:rsidRDefault="007205E7" w14:paraId="12E1B82B" w14:textId="77777777">
+          <w:p w14:paraId="12E1B82B" w14:textId="77777777" w:rsidR="007205E7" w:rsidRPr="00E062CD" w:rsidRDefault="007205E7" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="132A4898" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="132A4898" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="903" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="903"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0B6E98E9" w14:textId="77777777">
+          <w:p w14:paraId="0B6E98E9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What kind of change would you like to make to your life?</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="0024795F" w:rsidP="00303E9B" w:rsidRDefault="0024795F" w14:paraId="2CECCABC" w14:textId="77777777">
+          <w:p w14:paraId="2CECCABC" w14:textId="77777777" w:rsidR="0024795F" w:rsidRPr="00E062CD" w:rsidRDefault="0024795F" w:rsidP="00303E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidTr="14CDE36C" w14:paraId="63B5B6EB" w14:textId="77777777">
+      <w:tr w:rsidR="00675421" w:rsidRPr="00E062CD" w14:paraId="63B5B6EB" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="903" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="903"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="582FAED5" w14:textId="77777777">
+          <w:p w14:paraId="582FAED5" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Who do you talk to about things that are troubling you?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="38530363" w14:textId="77777777">
+          <w:p w14:paraId="38530363" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="474D1F68" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="474D1F68" w14:textId="77777777" w:rsidTr="00342269">
         <w:trPr>
-          <w:trHeight w:val="2852" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="2588"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4D3739ED" w14:textId="77777777">
+          <w:p w14:paraId="14A2A2A4" w14:textId="1281BB60" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00342269">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Are you </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>currently</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> receiving any professional help for emotional difficulties?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5AB609CB" w14:textId="77777777">
+          <w:p w14:paraId="3E4624A7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="001403DA" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="001403DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(If you are already receiving counselling or other psychological therapy we would not usually offer you a face to face appointment but we are happy to signpost you to</w:t>
             </w:r>
             <w:r w:rsidR="005157A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> resources.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="23F8E18D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1DF1B19F" w14:textId="77777777">
+          <w:p w14:paraId="23F8E18D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DF1B19F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5C37DA9B" w14:textId="77777777">
+          <w:p w14:paraId="5C37DA9B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No  (</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>please delete as appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="65CA4ED6" w14:textId="77777777">
+          <w:p w14:paraId="65CA4ED6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If yes please give details</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1D3F627A" w14:textId="77777777">
-[...26 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="05527487" w14:textId="77777777">
+          <w:p w14:paraId="1D3F627A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23B1AA07" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71D4A1DC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05527487" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidTr="14CDE36C" w14:paraId="11BC5202" w14:textId="77777777">
+      <w:tr w:rsidR="00675421" w:rsidRPr="00E062CD" w14:paraId="11BC5202" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1195" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="74BAB3BE" w14:textId="77777777">
+          <w:p w14:paraId="74BAB3BE" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are you currently taking any medication?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="398E6D7F" w14:textId="77777777">
+          <w:p w14:paraId="398E6D7F" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="280B6326" w14:textId="77777777">
+          <w:p w14:paraId="280B6326" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No (</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>please delete as appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="57E7839E" w14:textId="77777777">
+          <w:p w14:paraId="57E7839E" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please give details</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="67B123EE" w14:textId="77777777">
+          <w:p w14:paraId="67B123EE" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="3C3DBC0A" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="3C3DBC0A" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1350" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="00A2C377" w14:textId="77777777">
+          <w:p w14:paraId="00A2C377" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72" w:right="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E062CD" w:rsidR="00200C93">
+            <w:r w:rsidR="00200C93" w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ave ever received professional help for this or any other </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">emotional conflict in the past and if so </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E062CD" w:rsidR="00200C93">
+            <w:r w:rsidR="00200C93" w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>who has provided</w:t>
             </w:r>
             <w:r w:rsidR="00200C93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> this? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="005157A0" w:rsidP="00675421" w:rsidRDefault="005157A0" w14:paraId="7F314A33" w14:textId="77777777">
+          <w:p w14:paraId="7F314A33" w14:textId="77777777" w:rsidR="005157A0" w:rsidRPr="00E062CD" w:rsidRDefault="005157A0" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72" w:right="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="20F8798C" w14:textId="77777777">
+          <w:p w14:paraId="20F8798C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="775BA7FA" w14:textId="77777777">
-[...89 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="36ECF9F3" w14:textId="77777777">
+          <w:p w14:paraId="775BA7FA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="124823E6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7495EE9E" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F008DA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31906AF0" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C634791" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57BD3900" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11409F1A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="772463B6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A1230F5" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36ECF9F3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="3E2F120F" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="3E2F120F" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="845" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2763A087" w14:textId="77777777">
+          <w:p w14:paraId="2763A087" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If you have had previous help, how successful was the experience?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005157A0" w:rsidP="00675421" w:rsidRDefault="005157A0" w14:paraId="34122D2A" w14:textId="77777777">
+          <w:p w14:paraId="34122D2A" w14:textId="77777777" w:rsidR="005157A0" w:rsidRDefault="005157A0" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="005157A0" w:rsidP="00675421" w:rsidRDefault="005157A0" w14:paraId="385B8118" w14:textId="77777777">
+          <w:p w14:paraId="385B8118" w14:textId="77777777" w:rsidR="005157A0" w:rsidRPr="00E062CD" w:rsidRDefault="005157A0" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="29745195" w14:textId="77777777">
+          <w:p w14:paraId="29745195" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72" w:right="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6E6A8F20" w14:textId="77777777">
-[...44 lines deleted...]
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7D4E4161" w14:textId="77777777">
+          <w:p w14:paraId="6E6A8F20" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0901C234" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2383F6DF" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18A28269" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D71AEDE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D4E4161" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidTr="14CDE36C" w14:paraId="4B75768C" w14:textId="77777777">
+      <w:tr w:rsidR="00675421" w:rsidRPr="00E062CD" w14:paraId="4B75768C" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="711" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="2ED4B1FA" w14:textId="77777777">
+          <w:p w14:paraId="2ED4B1FA" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Have you taken sick leave in the last six months due to these problems?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="30BC8635" w14:textId="77777777">
+          <w:p w14:paraId="30BC8635" w14:textId="77777777" w:rsidR="00675421" w:rsidRPr="00E062CD" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="7EF56120" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="7EF56120" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1844" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7451A3C9" w14:textId="77777777">
+          <w:p w14:paraId="7451A3C9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>How would you rate your current workplace performance?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7B05486F" w14:textId="77777777">
+          <w:p w14:paraId="7B05486F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(please check appropriate box)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="14B8B241" w14:textId="77777777">
+          <w:p w14:paraId="14B8B241" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Good</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0C9B18B2" w14:textId="77777777">
+          <w:p w14:paraId="0C9B18B2" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Satisfactory</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="350F172B" w14:textId="77777777">
+          <w:p w14:paraId="350F172B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Impaired </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1EF8906F" w14:textId="77777777">
+          <w:p w14:paraId="1EF8906F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check3" w:id="16"/>
+            <w:bookmarkStart w:id="15" w:name="Check3"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Severely impaired</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00303E9B" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="40C9B490" w14:textId="77777777">
+          <w:p w14:paraId="40C9B490" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00303E9B" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>On Sick Leave</w:t>
             </w:r>
             <w:r w:rsidR="00577EA5">
@@ -8691,5174 +9118,5351 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00303E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>if yes please select</w:t>
             </w:r>
             <w:r w:rsidR="00577EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> duration) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00303E9B" w:rsidP="00675421" w:rsidRDefault="00303E9B" w14:paraId="1520C1AC" w14:textId="77777777">
+          <w:p w14:paraId="1520C1AC" w14:textId="77777777" w:rsidR="00303E9B" w:rsidRDefault="00303E9B" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">0-5 weeks or </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1-5 months or </w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6 months plus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="24B2904B" w14:textId="77777777">
+          <w:p w14:paraId="24B2904B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>On maternity Leave</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7156588C" w14:textId="77777777">
+          <w:p w14:paraId="7156588C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Currently suspended</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00675421" w:rsidP="00675421" w:rsidRDefault="00675421" w14:paraId="188FE1C2" w14:textId="77777777">
+          <w:p w14:paraId="188FE1C2" w14:textId="77777777" w:rsidR="00675421" w:rsidRDefault="00675421" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="62D47C5B" w14:textId="77777777">
+          <w:p w14:paraId="62D47C5B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0CB3A7B2" w14:textId="77777777">
+          <w:p w14:paraId="0CB3A7B2" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="63351C12" w14:textId="77777777">
+          <w:p w14:paraId="63351C12" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0782D887" w14:textId="77777777">
+          <w:p w14:paraId="0782D887" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="41B95B6E" w14:textId="77777777">
+          <w:p w14:paraId="41B95B6E" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="-333"/>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="2412DEE6" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="2412DEE6" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1005" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1005"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="269C047C" w14:textId="77777777">
+          <w:p w14:paraId="269C047C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Please rate your satisfaction with your personal life </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4A64C643" w14:textId="77777777">
+          <w:p w14:paraId="4A64C643" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(please check appropriate box)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1716E18B" w14:textId="77777777">
+          <w:p w14:paraId="1716E18B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Not Satisfactory, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="63D745DE" w14:textId="77777777">
+          <w:p w14:paraId="63D745DE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Satisfactory, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="54A05493" w14:textId="77777777">
+          <w:p w14:paraId="54A05493" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Good, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="25D98011" w14:textId="77777777">
+          <w:p w14:paraId="25D98011" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00056E68">
-[...6 lines deleted...]
-            <w:r w:rsidR="00056E68">
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Very Good</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="14EDD677" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="14EDD677" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="945" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="945"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="02FDE56A" w14:textId="77777777">
+          <w:p w14:paraId="02FDE56A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Please tell us anything else you feel it is important for us to know</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6343" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6156CE66" w14:textId="77777777">
+          <w:p w14:paraId="6156CE66" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5A39166B" w14:textId="77777777">
+          <w:p w14:paraId="5A39166B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5B1DDEE9" w14:textId="77777777">
+          <w:p w14:paraId="5B1DDEE9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="23FD7AE5" w14:textId="77777777">
+          <w:p w14:paraId="23FD7AE5" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4E606C65" w14:textId="77777777">
+          <w:p w14:paraId="4E606C65" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="642B4A49" w14:textId="77777777">
+          <w:p w14:paraId="642B4A49" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6BCDCC6D" w14:textId="77777777">
+          <w:p w14:paraId="6BCDCC6D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="51285FBE" w14:textId="77777777">
+          <w:p w14:paraId="51285FBE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="2E8BEF85" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="2E8BEF85" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="897" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="897"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B72E6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="03494FED" w14:textId="77777777">
+          <w:p w14:paraId="03494FED" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="005B72E6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B72E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please answer the following questions to help us find out more about your current situation and how you are feeling. This will help us to get you the right help from the start.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="0486D852" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="0486D852" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="1102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4970928A" w14:textId="77777777">
+          <w:p w14:paraId="4970928A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7EB2A513" w14:textId="77777777">
+          <w:p w14:paraId="7EB2A513" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>GAD7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2673CE27" w14:textId="77777777">
+          <w:p w14:paraId="2673CE27" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Over the last two weeks, how often have you been bothered by any of the following problems?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="43B87892" w14:textId="77777777">
+          <w:p w14:paraId="43B87892" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not at all</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="16F6610B" w14:textId="77777777">
+          <w:p w14:paraId="16F6610B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Several days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="04F59AF9" w14:textId="77777777">
+          <w:p w14:paraId="04F59AF9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>More than half the days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5D46E9DE" w14:textId="77777777">
+          <w:p w14:paraId="5D46E9DE" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nearly every day</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="4CD82E2C" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="4CD82E2C" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="535" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="44258021" w14:textId="77777777">
+          <w:p w14:paraId="44258021" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feeling nervous, anxious or on edge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="6DB1509F" w14:textId="77777777">
+          <w:p w14:paraId="6DB1509F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="466ECD69" w14:textId="77777777">
+          <w:p w14:paraId="466ECD69" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="23CB137B" w14:textId="77777777">
+          <w:p w14:paraId="23CB137B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="40B72376" w14:textId="77777777">
+          <w:p w14:paraId="40B72376" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="34C5ACC8" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="34C5ACC8" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="429" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1C7032B1" w14:textId="77777777">
+          <w:p w14:paraId="1C7032B1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not being able to stop or control worrying</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="17556893" w14:textId="77777777">
+          <w:p w14:paraId="17556893" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="429992B0" w14:textId="77777777">
+          <w:p w14:paraId="429992B0" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="189D4820" w14:textId="77777777">
+          <w:p w14:paraId="189D4820" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="64E4B376" w14:textId="77777777">
+          <w:p w14:paraId="64E4B376" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="485D5CDA" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="485D5CDA" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="407" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1E823240" w14:textId="77777777">
+          <w:p w14:paraId="1E823240" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Worrying too much about different things</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="03CE8092" w14:textId="77777777">
+          <w:p w14:paraId="03CE8092" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="242700D0" w14:textId="77777777">
+          <w:p w14:paraId="242700D0" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0756DFA4" w14:textId="77777777">
+          <w:p w14:paraId="0756DFA4" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2ACE5346" w14:textId="77777777">
+          <w:p w14:paraId="2ACE5346" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="0DC3905E" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="0DC3905E" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="428" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="40BFE86B" w14:textId="77777777">
+          <w:p w14:paraId="40BFE86B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trouble relaxing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1D4426D1" w14:textId="77777777">
+          <w:p w14:paraId="1D4426D1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5A91E083" w14:textId="77777777">
+          <w:p w14:paraId="5A91E083" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="295EF176" w14:textId="77777777">
+          <w:p w14:paraId="295EF176" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3A61F69D" w14:textId="77777777">
+          <w:p w14:paraId="3A61F69D" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5B3EA818" w14:textId="77777777">
+          <w:p w14:paraId="5B3EA818" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="4F1CECC2" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="4F1CECC2" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="420" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="22860BFD" w14:textId="77777777">
+          <w:p w14:paraId="22860BFD" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Being so restless that it is hard to sit still</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0B86B856" w14:textId="77777777">
+          <w:p w14:paraId="0B86B856" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4A5A8366" w14:textId="77777777">
+          <w:p w14:paraId="4A5A8366" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0D6FB6D3" w14:textId="77777777">
+          <w:p w14:paraId="0D6FB6D3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="11C57D2B" w14:textId="77777777">
+          <w:p w14:paraId="11C57D2B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="605F9D28" w14:textId="77777777">
+          <w:p w14:paraId="605F9D28" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="3B6F5200" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="3B6F5200" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="425" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="23B3B787" w14:textId="77777777">
+          <w:p w14:paraId="23B3B787" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Becoming easily annoyed or irritable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="409482D8" w14:textId="77777777">
+          <w:p w14:paraId="409482D8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1C6C7947" w14:textId="77777777">
+          <w:p w14:paraId="1C6C7947" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="08756659" w14:textId="77777777">
+          <w:p w14:paraId="08756659" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1AE417BC" w14:textId="77777777">
+          <w:p w14:paraId="1AE417BC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="356F5577" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="356F5577" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
           <w:trHeight w:val="111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="38A9A783" w14:textId="77777777">
+          <w:p w14:paraId="38A9A783" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feeling afraid as if something awful might happen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5F8C1A70" w14:textId="77777777">
+          <w:p w14:paraId="5F8C1A70" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1CDF3054" w14:textId="77777777">
+          <w:p w14:paraId="1CDF3054" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="394DC0BC" w14:textId="77777777">
+          <w:p w14:paraId="394DC0BC" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="76E7CB4E" w14:textId="77777777">
+          <w:p w14:paraId="76E7CB4E" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="75C2AB69" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="75C2AB69" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="939" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="939"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0B2E7FE3" w14:textId="77777777">
+          <w:p w14:paraId="0B2E7FE3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PHQ 9</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="11ECF026" w14:textId="77777777">
+          <w:p w14:paraId="11ECF026" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Over the last two weeks, how often have you been bothered by any of the following problems? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="49C59CA0" w14:textId="77777777">
+          <w:p w14:paraId="49C59CA0" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3D167028" w14:textId="77777777">
+          <w:p w14:paraId="3D167028" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="20D973B1" w14:textId="77777777">
+          <w:p w14:paraId="20D973B1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not at all</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="513819E0" w14:textId="77777777">
+          <w:p w14:paraId="513819E0" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Several days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="704598A3" w14:textId="77777777">
+          <w:p w14:paraId="704598A3" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>More than half the days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="38FDA57E" w14:textId="77777777">
+          <w:p w14:paraId="38FDA57E" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nearly every day</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="5A28F3A0" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="5A28F3A0" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="400" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="4836D6C7" w14:textId="77777777">
+          <w:p w14:paraId="4836D6C7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Little interest or pleasure in doing things</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7ADA5F0A" w14:textId="77777777">
+          <w:p w14:paraId="7ADA5F0A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="267CFF2A" w14:textId="77777777">
+          <w:p w14:paraId="267CFF2A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2455C3E7" w14:textId="77777777">
+          <w:p w14:paraId="2455C3E7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="09494000" w14:textId="77777777">
+          <w:p w14:paraId="09494000" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="6F7DBFAB" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="6F7DBFAB" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="499" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="701720BB" w14:textId="77777777">
+          <w:p w14:paraId="701720BB" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feeling down, depressed or hopeless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="424F9D72" w14:textId="77777777">
+          <w:p w14:paraId="424F9D72" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0357ED78" w14:textId="77777777">
+          <w:p w14:paraId="0357ED78" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5F3DB9E8" w14:textId="77777777">
+          <w:p w14:paraId="5F3DB9E8" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5E11E4A7" w14:textId="77777777">
+          <w:p w14:paraId="5E11E4A7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="3B020E51" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="3B020E51" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="569" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="462EFDA1" w14:textId="77777777">
+          <w:p w14:paraId="462EFDA1" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trouble falling or staying asleep, or sleeping too much</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="13C4E2BB" w14:textId="77777777">
+          <w:p w14:paraId="13C4E2BB" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="033AE03A" w14:textId="77777777">
+          <w:p w14:paraId="033AE03A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="04B8BEB5" w14:textId="77777777">
+          <w:p w14:paraId="04B8BEB5" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3E78CA9F" w14:textId="77777777">
+          <w:p w14:paraId="3E78CA9F" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="6615444F" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="6615444F" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="501" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="58EC1ECD" w14:textId="77777777">
+          <w:p w14:paraId="58EC1ECD" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feeling tired or having little energy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="75669575" w14:textId="77777777">
+          <w:p w14:paraId="75669575" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="7B80946C" w14:textId="77777777">
+          <w:p w14:paraId="7B80946C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0ECAFB3C" w14:textId="77777777">
+          <w:p w14:paraId="0ECAFB3C" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1C14D3FD" w14:textId="77777777">
+          <w:p w14:paraId="1C14D3FD" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="5BD72580" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="5BD72580" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="500" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="58EA7BC4" w14:textId="77777777">
+          <w:p w14:paraId="58EA7BC4" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Poor appetite or overeating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="369AEBB7" w14:textId="77777777">
+          <w:p w14:paraId="369AEBB7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="70519954" w14:textId="77777777">
+          <w:p w14:paraId="70519954" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="05742128" w14:textId="77777777">
+          <w:p w14:paraId="05742128" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="5328B5E6" w14:textId="77777777">
+          <w:p w14:paraId="5328B5E6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="06EA4B80" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="06EA4B80" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="807" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="67C67D62" w14:textId="77777777">
+          <w:p w14:paraId="67C67D62" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277A55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feeling bad about yourself – or that you are a failure or have let yourself or your family down</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="44C5094B" w14:textId="77777777">
+          <w:p w14:paraId="44C5094B" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="56026347" w14:textId="77777777">
+          <w:p w14:paraId="56026347" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="34A77D40" w14:textId="77777777">
+          <w:p w14:paraId="34A77D40" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="187CCDA7" w14:textId="77777777">
+          <w:p w14:paraId="187CCDA7" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="71D1090E" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="71D1090E" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="843" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="843"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="655F1A15" w14:textId="77777777">
+          <w:p w14:paraId="655F1A15" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277A55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trouble concentrating on things, such as reading the newspaper or watching television</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0C787465" w14:textId="77777777">
+          <w:p w14:paraId="0C787465" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="0415F53A" w14:textId="77777777">
+          <w:p w14:paraId="0415F53A" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="596D5DD4" w14:textId="77777777">
+          <w:p w14:paraId="596D5DD4" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="53B56ADA" w14:textId="77777777">
+          <w:p w14:paraId="53B56ADA" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00277A55" w:rsidTr="14CDE36C" w14:paraId="3ED808C3" w14:textId="77777777">
+      <w:tr w:rsidR="00277A55" w:rsidRPr="00E062CD" w14:paraId="3ED808C3" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="1021" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1021"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="7B555272" w14:textId="77777777">
+          <w:p w14:paraId="7B555272" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277A55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Moving or speaking so slowly that other people could have noticed? Of the opposite – being so fidgety or restless that you have been moving around a lot more than usual</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="1348E311" w14:textId="77777777">
+          <w:p w14:paraId="1348E311" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="6E3BBC32" w14:textId="77777777">
+          <w:p w14:paraId="6E3BBC32" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="04AFACC6" w14:textId="77777777">
+          <w:p w14:paraId="04AFACC6" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="6283DCE7" w14:textId="77777777">
+          <w:p w14:paraId="6283DCE7" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="77BE73DD" w14:textId="77777777">
+          <w:p w14:paraId="77BE73DD" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="606FDF57" w14:textId="77777777">
+          <w:p w14:paraId="606FDF57" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00277A55" w:rsidTr="14CDE36C" w14:paraId="16D6CD8D" w14:textId="77777777">
+      <w:tr w:rsidR="00277A55" w:rsidRPr="00E062CD" w14:paraId="16D6CD8D" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="843" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="843"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="00277A55" w14:paraId="00D4F9DC" w14:textId="77777777">
+          <w:p w14:paraId="00D4F9DC" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="00277A55" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277A55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Thought that you would be better off dead or of hurting yourself in some way</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="0582184F" w14:textId="77777777">
+          <w:p w14:paraId="0582184F" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="6AEB48B1" w14:textId="77777777">
+          <w:p w14:paraId="6AEB48B1" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="5F50AA43" w14:textId="77777777">
+          <w:p w14:paraId="5F50AA43" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00277A55" w:rsidP="00675421" w:rsidRDefault="002D6179" w14:paraId="34A0C5F3" w14:textId="77777777">
+          <w:p w14:paraId="34A0C5F3" w14:textId="77777777" w:rsidR="00277A55" w:rsidRDefault="002D6179" w:rsidP="00675421">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidTr="14CDE36C" w14:paraId="0A165B2E" w14:textId="77777777">
+      <w:tr w:rsidR="00200C93" w:rsidRPr="00E062CD" w14:paraId="0A165B2E" w14:textId="77777777" w:rsidTr="14CDE36C">
         <w:trPr>
-          <w:trHeight w:val="4597" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="4597"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          </w:tcPr>
+          <w:p w14:paraId="49985EA2" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E062CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">There may be occasions when we might wish to speak to your GP on a clinical matter. </w:t>
             </w:r>
             <w:r w:rsidR="00336284">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please provide details below:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00336284" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="75734078" w14:textId="77777777">
+          <w:p w14:paraId="75734078" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00336284" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336284">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>GP's address and telephone number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="617D30B4" w14:textId="77777777">
+          <w:p w14:paraId="617D30B4" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="1AC26600" w14:textId="77777777">
+          <w:p w14:paraId="1AC26600" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="2ECFC419" w14:textId="77777777">
+          <w:p w14:paraId="2ECFC419" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="73A2D277" w14:textId="77777777">
+          <w:p w14:paraId="73A2D277" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="487101D6" w14:textId="77777777">
+          <w:p w14:paraId="487101D6" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="32604A15" w14:textId="77777777">
+          <w:p w14:paraId="32604A15" w14:textId="77777777" w:rsidR="00200C93" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00675421" w:rsidRDefault="00200C93" w14:paraId="3306CB37" w14:textId="77777777">
+          <w:p w14:paraId="3306CB37" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00675421">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="225"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What you disclose will be held in confidence between you and the Employee Wellbeing Service, except in the following circumstances</w:t>
             </w:r>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="00336284" w:rsidRDefault="00200C93" w14:paraId="26AED0AD" w14:textId="77777777">
+          <w:p w14:paraId="26AED0AD" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="00336284">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="225"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>where the client gives consent for the confidence to be broken</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00326ED6" w:rsidR="00200C93" w:rsidP="00336284" w:rsidRDefault="00200C93" w14:paraId="1B885291" w14:textId="77777777">
+          <w:p w14:paraId="1B885291" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00326ED6" w:rsidRDefault="00200C93" w:rsidP="00336284">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E062CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>where the counsellor is compelled by a court o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>f law</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00336284" w:rsidR="00200C93" w:rsidP="00336284" w:rsidRDefault="00200C93" w14:paraId="57D456B9" w14:textId="77777777">
+          <w:p w14:paraId="57D456B9" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00336284" w:rsidRDefault="00200C93" w:rsidP="00336284">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>where the information is of such gravity that confidentiality cannot be maintained, i.e., in cases of fraud and crime, and where there is a risk</w:t>
             </w:r>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00326ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>of serious physical harm to self or others, or there are child protection issues</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00336284" w:rsidR="00336284" w:rsidP="00336284" w:rsidRDefault="00336284" w14:paraId="080FCD14" w14:textId="77777777">
+          <w:p w14:paraId="080FCD14" w14:textId="77777777" w:rsidR="00336284" w:rsidRPr="00336284" w:rsidRDefault="00336284" w:rsidP="00336284">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336284">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>On occasions where advice and guidance from the CAVUHB safeguarding team is deemed to take precedence over the therapists need for confidentiality.  NB Such breaches in confidentiality will usually (but not always) be made with the client’s consent.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E062CD" w:rsidR="00200C93" w:rsidP="14CDE36C" w:rsidRDefault="00200C93" w14:paraId="4AADD6CD" w14:textId="0312FD05">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w14:paraId="4AADD6CD" w14:textId="0312FD05" w:rsidR="00200C93" w:rsidRPr="00E062CD" w:rsidRDefault="00200C93" w:rsidP="14CDE36C">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AB1E20" w:rsidP="0024795F" w:rsidRDefault="00AB1E20" w14:paraId="16B4ABFC" w14:textId="77777777">
+    <w:p w14:paraId="16B4ABFC" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="0024795F" w:rsidRDefault="00AB1E20" w14:paraId="2C36A5D6" w14:textId="77777777">
+    <w:p w14:paraId="2C36A5D6" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00200C93" w:rsidP="0024795F" w:rsidRDefault="00200C93" w14:paraId="4784BA90" w14:textId="77777777">
+    <w:p w14:paraId="4784BA90" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00AB1E20" w:rsidRDefault="00200C93" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Email – </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId12">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00AB1E20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>employee.wellbeing@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00200C93" w:rsidP="00200C93" w:rsidRDefault="00B22D72" w14:paraId="49F60C84" w14:textId="77777777">
+    <w:p w14:paraId="49F60C84" w14:textId="77777777" w:rsidR="00200C93" w:rsidRPr="00AB1E20" w:rsidRDefault="00B22D72" w:rsidP="00200C93">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you do not wish to be contacted by email please tick this box: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00DF70C5" w:rsidP="0024795F" w:rsidRDefault="00DF70C5" w14:paraId="7F4AF47F" w14:textId="77777777">
+    <w:p w14:paraId="7F4AF47F" w14:textId="77777777" w:rsidR="00DF70C5" w:rsidRPr="00AB1E20" w:rsidRDefault="00DF70C5" w:rsidP="0024795F">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="00AB1E20" w:rsidRDefault="00200C93" w14:paraId="7992B673" w14:textId="77777777">
+    <w:p w14:paraId="7992B673" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00200C93" w:rsidP="00AB1E20">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E-mails are sent via an internet connection and as such there cannot be any guarantee that they will be safe and secure. You need to be aware that e-mail can be intercepted and read by individuals other than the intended recipient. If you are happy to send personal information by e-mail it is recommended that you do not include any information about you in the ‘Subject’ line of your email this may help minimise potential risks. If you do not wish to send information via e-mail please return completed forms in hard copy format via post to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB1E20" w:rsidR="00AB1E20">
+      <w:r w:rsidR="00AB1E20" w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="00AB1E20" w:rsidRDefault="00AB1E20" w14:paraId="0C6E65F9" w14:textId="77777777">
+    <w:p w14:paraId="0C6E65F9" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="00AB1E20">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00DF70C5" w:rsidP="00AB1E20" w:rsidRDefault="00200C93" w14:paraId="024AAF3E" w14:textId="77777777">
+    <w:p w14:paraId="4141E45E" w14:textId="77777777" w:rsidR="001959BB" w:rsidRDefault="00200C93" w:rsidP="001959BB">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Employee Wellbeing Service, Denbigh House, University Hospital of Wales, Heath Park, Cardiff CF14 4XW</w:t>
+        <w:t>Employee Wellbeing Service</w:t>
+      </w:r>
+      <w:r w:rsidR="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="00E01431" w:rsidRDefault="00AB1E20" w14:paraId="06319054" w14:textId="77777777">
+    <w:p w14:paraId="4E77F2A8" w14:textId="5ACE8E9C" w:rsidR="001959BB" w:rsidRPr="001959BB" w:rsidRDefault="001959BB" w:rsidP="001959BB">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cardiff &amp; Vale University Health Board</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA4E46E" w14:textId="77777777" w:rsidR="001959BB" w:rsidRPr="001959BB" w:rsidRDefault="001959BB" w:rsidP="001959BB">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Woodland House</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DC4227" w14:textId="77777777" w:rsidR="001959BB" w:rsidRPr="001959BB" w:rsidRDefault="001959BB" w:rsidP="001959BB">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maes y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Road</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E2A51D" w14:textId="77777777" w:rsidR="001959BB" w:rsidRPr="001959BB" w:rsidRDefault="001959BB" w:rsidP="001959BB">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cardiff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE5264C" w14:textId="0887FEBE" w:rsidR="001959BB" w:rsidRPr="001959BB" w:rsidRDefault="001959BB" w:rsidP="001959BB">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001959BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CF14 4</w:t>
+      </w:r>
+      <w:r w:rsidR="009647B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024AAF3E" w14:textId="34FB0681" w:rsidR="00DF70C5" w:rsidRPr="00AB1E20" w:rsidRDefault="00DF70C5" w:rsidP="00AB1E20">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00DF70C5" w:rsidP="14CDE36C" w:rsidRDefault="00DF70C5" w14:paraId="367A9FD7" w14:textId="20066542">
-[...90 lines deleted...]
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="00E01431" w:rsidRDefault="00AB1E20" w14:paraId="1952C3DB" w14:textId="77777777">
+    <w:p w14:paraId="06319054" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="00E01431">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="00E01431" w:rsidRDefault="00AB1E20" w14:paraId="17305B10" w14:textId="77777777">
+    <w:p w14:paraId="367A9FD7" w14:textId="7A1F5AE0" w:rsidR="00DF70C5" w:rsidRPr="00AB1E20" w:rsidRDefault="5C80E486" w:rsidP="14CDE36C">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>All initial appointments are by</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF70C5" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telephone </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01431" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>or video</w:t>
+      </w:r>
+      <w:r w:rsidR="0AEF68DE" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> call using Attend Anywhere</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF70C5" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.  For this you will need to find a location where you can stay for the duration of the appointment in private and without interruption.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1E20" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Please tick below your preferred method of appointment</w:t>
+      </w:r>
+      <w:r w:rsidR="46DA24FC" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. If you are unable to find a private space, please let our clinic coordinator know as soon as possible and we will try to book you a room</w:t>
+      </w:r>
+      <w:r w:rsidR="009E448A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for you</w:t>
+      </w:r>
+      <w:r w:rsidR="46DA24FC" w:rsidRPr="14CDE36C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1952C3DB" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="00E01431">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17305B10" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="00E01431">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Appointment by Telephone </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AB1E20" w:rsidR="00AB1E20" w:rsidP="00E01431" w:rsidRDefault="00AB1E20" w14:paraId="352238A0" w14:textId="77777777">
+    <w:p w14:paraId="352238A0" w14:textId="77777777" w:rsidR="00AB1E20" w:rsidRPr="00AB1E20" w:rsidRDefault="00AB1E20" w:rsidP="00E01431">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C3281" w:rsidP="006C3281" w:rsidRDefault="00AB1E20" w14:paraId="7CE3145C" w14:textId="77777777">
+    <w:p w14:paraId="7CE3145C" w14:textId="02981EAF" w:rsidR="006C3281" w:rsidRDefault="00AB1E20" w:rsidP="006C3281">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Appointment by Attend Anywhere (video)</w:t>
+        <w:t xml:space="preserve">Appointment by </w:t>
+      </w:r>
+      <w:r w:rsidR="001743A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>T-Pro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="001743A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ideo</w:t>
+      </w:r>
+      <w:r w:rsidR="001743A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> call</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001743A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C3281" w:rsidP="006C3281" w:rsidRDefault="006C3281" w14:paraId="2E90FD24" w14:textId="77777777">
+    <w:p w14:paraId="2E90FD24" w14:textId="77777777" w:rsidR="006C3281" w:rsidRDefault="006C3281" w:rsidP="006C3281">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="006C3281" w:rsidR="00DF70C5" w:rsidP="006C3281" w:rsidRDefault="006C3281" w14:paraId="0B4C2154" w14:textId="77777777">
+    <w:p w14:paraId="0B4C2154" w14:textId="77777777" w:rsidR="00DF70C5" w:rsidRPr="006C3281" w:rsidRDefault="006C3281" w:rsidP="006C3281">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you would like to have your appointment in Welsh please tick this box </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00056E68">
+      <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AB1E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="006C3281" w:rsidR="00DF70C5" w:rsidSect="00B270BC">
-[...4 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+    <w:sectPr w:rsidR="00DF70C5" w:rsidRPr="006C3281" w:rsidSect="00B270BC">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="902" w:right="1797" w:bottom="719" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00883704" w:rsidRDefault="00883704" w14:paraId="1FFF9C5C" w14:textId="77777777">
+    <w:p w14:paraId="1FFF9C5C" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00883704" w:rsidRDefault="00883704" w14:paraId="2C1E2F31" w14:textId="77777777">
+    <w:p w14:paraId="2C1E2F31" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00883704" w:rsidRDefault="00B270BC" w14:paraId="2743BBA6" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2743BBA6" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00883704" w:rsidRDefault="00883704" w14:paraId="666CDDFD" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="666CDDFD" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00883704" w:rsidRDefault="00883704" w14:paraId="350EC686" w14:textId="77777777">
+    <w:p w14:paraId="350EC686" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00883704" w:rsidRDefault="00883704" w14:paraId="12E2C080" w14:textId="77777777">
+    <w:p w14:paraId="12E2C080" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidRPr="00504989" w:rsidR="00883704" w:rsidP="00675421" w:rsidRDefault="00883704" w14:paraId="4F017155" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F017155" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRPr="00504989" w:rsidRDefault="002A5D22" w:rsidP="00675421">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00883704" w:rsidRDefault="00883704" w14:paraId="375C4350" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="375C4350" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00883704">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00883704" w:rsidP="00675421" w:rsidRDefault="00883704" w14:paraId="698F2F19" w14:textId="77777777">
+  <w:p w14:paraId="698F2F19" w14:textId="77777777" w:rsidR="002A5D22" w:rsidRDefault="002A5D22" w:rsidP="00675421">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F97BF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4328ABCC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39617B0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2469E86"/>
     <w:lvl w:ilvl="0" w:tplc="4D52AB74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-333"/>
         </w:tabs>
         <w:ind w:left="-333" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3420"/>
         </w:tabs>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4140"/>
         </w:tabs>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4860"/>
         </w:tabs>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F16228F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2E0304A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1709841027">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="370497929">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="9919367">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00200C93"/>
     <w:rsid w:val="00056E68"/>
     <w:rsid w:val="00080905"/>
     <w:rsid w:val="000B3203"/>
+    <w:rsid w:val="001743A8"/>
+    <w:rsid w:val="001959BB"/>
     <w:rsid w:val="00200C93"/>
     <w:rsid w:val="0024795F"/>
+    <w:rsid w:val="002518E1"/>
     <w:rsid w:val="00277A55"/>
     <w:rsid w:val="00292318"/>
+    <w:rsid w:val="002A5D22"/>
     <w:rsid w:val="002D6179"/>
     <w:rsid w:val="00303E9B"/>
     <w:rsid w:val="00336284"/>
+    <w:rsid w:val="00342269"/>
     <w:rsid w:val="00354AA0"/>
     <w:rsid w:val="003623B2"/>
     <w:rsid w:val="00383E8C"/>
     <w:rsid w:val="003B4258"/>
+    <w:rsid w:val="003E7A8A"/>
     <w:rsid w:val="00420BD9"/>
+    <w:rsid w:val="00447B00"/>
     <w:rsid w:val="00505841"/>
+    <w:rsid w:val="00511308"/>
     <w:rsid w:val="005157A0"/>
+    <w:rsid w:val="00531EAC"/>
     <w:rsid w:val="00577EA5"/>
     <w:rsid w:val="005822C5"/>
     <w:rsid w:val="00675421"/>
+    <w:rsid w:val="006C0D43"/>
     <w:rsid w:val="006C3281"/>
     <w:rsid w:val="007205E7"/>
     <w:rsid w:val="00725F43"/>
     <w:rsid w:val="00790D5C"/>
     <w:rsid w:val="00883704"/>
+    <w:rsid w:val="008A0312"/>
+    <w:rsid w:val="009647B3"/>
+    <w:rsid w:val="009E448A"/>
     <w:rsid w:val="00A70D13"/>
     <w:rsid w:val="00AB1E20"/>
+    <w:rsid w:val="00AE3A63"/>
     <w:rsid w:val="00B22D72"/>
     <w:rsid w:val="00B270BC"/>
     <w:rsid w:val="00BE752F"/>
+    <w:rsid w:val="00C13287"/>
+    <w:rsid w:val="00D70731"/>
     <w:rsid w:val="00D82B02"/>
+    <w:rsid w:val="00D93959"/>
     <w:rsid w:val="00DF70C5"/>
     <w:rsid w:val="00E01431"/>
+    <w:rsid w:val="00E8776F"/>
+    <w:rsid w:val="00E91858"/>
     <w:rsid w:val="00EA17F4"/>
     <w:rsid w:val="00EE59FC"/>
     <w:rsid w:val="00FD5FDE"/>
     <w:rsid w:val="00FF5E1E"/>
     <w:rsid w:val="033CBCDA"/>
     <w:rsid w:val="0AEF68DE"/>
     <w:rsid w:val="0B8F2E57"/>
     <w:rsid w:val="12B7D9A3"/>
     <w:rsid w:val="14CDE36C"/>
     <w:rsid w:val="232E28D7"/>
     <w:rsid w:val="255D90C1"/>
     <w:rsid w:val="3CBD90A5"/>
+    <w:rsid w:val="4336111A"/>
     <w:rsid w:val="46DA24FC"/>
     <w:rsid w:val="47CFDE95"/>
     <w:rsid w:val="5C80E486"/>
+    <w:rsid w:val="70265EED"/>
     <w:rsid w:val="74389D46"/>
+    <w:rsid w:val="7728BC6D"/>
     <w:rsid w:val="7F4AEB36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="733E4CA1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CC3D82DE-DF2E-4605-9148-96C8FAF2B693}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13994,52 +14598,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14104,291 +14708,286 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00200C93"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00200C93"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00200C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00200C93"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00292318"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00292318"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DF70C5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DF70C5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00DF70C5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00505841"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00336284"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE59FC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="97453474">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="681509798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1968512172">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Employee.wellbeing@wales.nhs.uk" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:employee.wellbeing@wales.nhs.uk" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.connectingwithpeople.org/StayingSafe" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.samaritan.org" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://canopi.nhs.wales/about-us/" TargetMode="External" Id="R064173fe203c400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R535e7fa8b0104093" /></Relationships>
-[...32 lines deleted...]
-</w:glossaryDocument>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.connectingwithpeople.org/StayingSafe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samaritans.org/wales/how-we-can-help/contact-samaritan/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Employee.wellbeing@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:employee.wellbeing@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://canopi.nhs.wales/about-us/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14649,189 +15248,98 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...6 lines deleted...]
-    <xsd:import namespace="42a0203b-6ac6-4dc1-ac8d-121f7901de9a"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DB5834399560B440B8B2B0A8CC71A1F3" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c94f9c82d9f0d74ae2ea0ec031484222">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="576b142f-af19-4810-b7f3-b0ffef69b6dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e06b6c3686a7f49a056c69735f573429" ns3:_="">
+    <xsd:import namespace="576b142f-af19-4810-b7f3-b0ffef69b6dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3d2f516a-d0df-42b8-adbc-e76040fc9291" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="576b142f-af19-4810-b7f3-b0ffef69b6dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="8" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="_activity" ma:index="12" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
-    </xsd:element>
-[...78 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -14889,104 +15397,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="42a0203b-6ac6-4dc1-ac8d-121f7901de9a" xsi:nil="true"/>
-[...2 lines deleted...]
-    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_activity xmlns="576b142f-af19-4810-b7f3-b0ffef69b6dd" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{431FD847-B921-47AA-A6CA-8F422068F42A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77EF04F6-5EC0-499E-9443-A2371A4441A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="576b142f-af19-4810-b7f3-b0ffef69b6dd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE1002CA-081C-4737-8810-490664DA2CA5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70A59E65-8CF7-4004-8DBD-15784C46E4B2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70A59E65-8CF7-4004-8DBD-15784C46E4B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B1AF038-2C9D-4284-8DC6-07F29A8B6B64}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B1AF038-2C9D-4284-8DC6-07F29A8B6B64}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="576b142f-af19-4810-b7f3-b0ffef69b6dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>1839</Words>
+  <Characters>10484</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>C&amp;VUHB</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>12299</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Patricia Owens (Cardiff and Vale UHB - Employee Wellbeing)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101009CC62CE676852445BB32DD1FDBA32F4E</vt:lpwstr>
+    <vt:lpwstr>0x010100DB5834399560B440B8B2B0A8CC71A1F3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>